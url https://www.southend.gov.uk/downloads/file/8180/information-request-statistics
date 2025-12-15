--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -8,60 +8,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://5058-my.sharepoint.com/personal/valeriesmith_southend_gov_uk/Documents/IGCR STATISTICS/FOI Quarterly Web Stats from 2021/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://5058-my.sharepoint.com/personal/robertnelson_southend_gov_uk/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="63" documentId="13_ncr:1_{03A59D7F-4F2C-4C01-9333-8221F5E395C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C0E841F-427D-4011-AE00-4B2DEC34F3EE}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FCB64BE0-01D0-4691-819F-5A127FE49057}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="15000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="840" yWindow="-110" windowWidth="18470" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-26" sheetId="5" r:id="rId1"/>
     <sheet name="2024-25" sheetId="1" r:id="rId2"/>
     <sheet name="2023-24" sheetId="2" r:id="rId3"/>
     <sheet name="2022-23" sheetId="3" r:id="rId4"/>
     <sheet name="2021-22" sheetId="4" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -739,2287 +739,2418 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79B92113-E241-476C-BBEB-2DC7C32B195B}">
   <dimension ref="A2:N27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N6" sqref="N6"/>
+      <selection activeCell="Q11" sqref="Q11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="33.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="33.54296875" customWidth="1"/>
+    <col min="5" max="5" width="9.81640625" customWidth="1"/>
+    <col min="8" max="8" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="33.75" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="27"/>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="16"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="N4" s="16"/>
     </row>
-    <row r="6" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="18"/>
       <c r="B6" s="19">
         <v>45748</v>
       </c>
       <c r="C6" s="19">
         <v>45778</v>
       </c>
       <c r="D6" s="19">
         <v>45809</v>
       </c>
       <c r="E6" s="19">
         <v>45839</v>
       </c>
       <c r="F6" s="19">
         <v>45870</v>
       </c>
       <c r="G6" s="19">
         <v>45901</v>
       </c>
       <c r="H6" s="19">
         <v>45931</v>
       </c>
       <c r="I6" s="19">
         <v>45962</v>
       </c>
       <c r="J6" s="19">
         <v>45992</v>
       </c>
       <c r="K6" s="19">
         <v>46023</v>
       </c>
       <c r="L6" s="19">
         <v>46054</v>
       </c>
       <c r="M6" s="19">
         <v>46082</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="2">
         <v>114</v>
       </c>
       <c r="C7" s="2">
         <v>120</v>
       </c>
       <c r="D7" s="2">
         <v>114</v>
       </c>
-      <c r="E7" s="2"/>
-[...3 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="E7" s="2">
+        <v>138</v>
+      </c>
+      <c r="F7" s="2">
+        <v>139</v>
+      </c>
+      <c r="G7" s="2">
+        <v>127</v>
+      </c>
+      <c r="H7" s="2">
+        <v>128</v>
+      </c>
+      <c r="I7" s="2">
+        <v>130</v>
+      </c>
       <c r="J7" s="2"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="22"/>
     </row>
-    <row r="8" spans="1:14" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
         <v>56</v>
       </c>
       <c r="C8" s="2">
         <v>63</v>
       </c>
       <c r="D8" s="2">
         <v>61</v>
       </c>
-      <c r="E8" s="2"/>
-[...3 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="E8" s="2">
+        <v>65</v>
+      </c>
+      <c r="F8" s="2">
+        <v>72</v>
+      </c>
+      <c r="G8" s="2">
+        <v>52</v>
+      </c>
+      <c r="H8" s="2">
+        <v>67</v>
+      </c>
+      <c r="I8" s="2">
+        <v>82</v>
+      </c>
       <c r="J8" s="2"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
     </row>
-    <row r="9" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="4">
         <v>132</v>
       </c>
       <c r="C9" s="4">
         <v>115</v>
       </c>
       <c r="D9" s="4">
         <v>113</v>
       </c>
-      <c r="E9" s="4"/>
-[...3 lines deleted...]
-      <c r="I9" s="4"/>
+      <c r="E9" s="4">
+        <v>124</v>
+      </c>
+      <c r="F9" s="4">
+        <v>135</v>
+      </c>
+      <c r="G9" s="4">
+        <v>156</v>
+      </c>
+      <c r="H9" s="4">
+        <v>110</v>
+      </c>
+      <c r="I9" s="4">
+        <v>119</v>
+      </c>
       <c r="J9" s="4"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
-    <row r="10" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4">
         <v>126</v>
       </c>
       <c r="C10" s="4">
         <v>112</v>
       </c>
       <c r="D10" s="4">
         <v>110</v>
       </c>
-      <c r="E10" s="4"/>
-[...3 lines deleted...]
-      <c r="I10" s="4"/>
+      <c r="E10" s="4">
+        <v>123</v>
+      </c>
+      <c r="F10" s="4">
+        <v>132</v>
+      </c>
+      <c r="G10" s="4">
+        <v>150</v>
+      </c>
+      <c r="H10" s="4">
+        <v>108</v>
+      </c>
+      <c r="I10" s="4">
+        <v>119</v>
+      </c>
       <c r="J10" s="4"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
-    <row r="11" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="4">
         <v>6</v>
       </c>
       <c r="C11" s="4">
         <v>3</v>
       </c>
       <c r="D11" s="4">
         <v>3</v>
       </c>
-      <c r="E11" s="4"/>
-[...3 lines deleted...]
-      <c r="I11" s="4"/>
+      <c r="E11" s="4">
+        <v>1</v>
+      </c>
+      <c r="F11" s="4">
+        <v>3</v>
+      </c>
+      <c r="G11" s="4">
+        <v>6</v>
+      </c>
+      <c r="H11" s="4">
+        <v>2</v>
+      </c>
+      <c r="I11" s="4">
+        <v>0</v>
+      </c>
       <c r="J11" s="4"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
-    <row r="12" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="24">
         <v>0.95450000000000002</v>
       </c>
       <c r="C12" s="5">
         <v>0.97389999999999999</v>
       </c>
       <c r="D12" s="5">
         <v>0.97350000000000003</v>
       </c>
-      <c r="E12" s="5"/>
-[...3 lines deleted...]
-      <c r="I12" s="5"/>
+      <c r="E12" s="5">
+        <v>0.9919</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0.9778</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0.96150000000000002</v>
+      </c>
+      <c r="H12" s="5">
+        <v>0.98180000000000001</v>
+      </c>
+      <c r="I12" s="5">
+        <v>1</v>
+      </c>
       <c r="J12" s="5"/>
       <c r="K12" s="21"/>
       <c r="L12" s="21"/>
       <c r="M12" s="21"/>
     </row>
-    <row r="13" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:14" ht="31" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
         <v>0</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
-      <c r="E13" s="4"/>
-[...3 lines deleted...]
-      <c r="I13" s="4"/>
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+      <c r="F13" s="4">
+        <v>0</v>
+      </c>
+      <c r="G13" s="4">
+        <v>2</v>
+      </c>
+      <c r="H13" s="4">
+        <v>2</v>
+      </c>
+      <c r="I13" s="4">
+        <v>0</v>
+      </c>
       <c r="J13" s="4"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
-    <row r="14" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
         <v>80</v>
       </c>
       <c r="C14" s="4">
         <v>82</v>
       </c>
       <c r="D14" s="4">
         <v>62</v>
       </c>
-      <c r="E14" s="4"/>
-[...3 lines deleted...]
-      <c r="I14" s="4"/>
+      <c r="E14" s="4">
+        <v>59</v>
+      </c>
+      <c r="F14" s="4">
+        <v>73</v>
+      </c>
+      <c r="G14" s="4">
+        <v>92</v>
+      </c>
+      <c r="H14" s="4">
+        <v>70</v>
+      </c>
+      <c r="I14" s="4">
+        <v>69</v>
+      </c>
       <c r="J14" s="4"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
-    <row r="15" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="4">
         <v>5</v>
       </c>
       <c r="C15" s="4">
         <v>3</v>
       </c>
       <c r="D15" s="4">
         <v>13</v>
       </c>
-      <c r="E15" s="4"/>
-[...3 lines deleted...]
-      <c r="I15" s="4"/>
+      <c r="E15" s="4">
+        <v>10</v>
+      </c>
+      <c r="F15" s="4">
+        <v>9</v>
+      </c>
+      <c r="G15" s="4">
+        <v>7</v>
+      </c>
+      <c r="H15" s="4">
+        <v>7</v>
+      </c>
+      <c r="I15" s="4">
+        <v>10</v>
+      </c>
       <c r="J15" s="4"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
-    <row r="16" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="4">
         <v>17</v>
       </c>
       <c r="C16" s="4">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D16" s="4">
         <v>7</v>
       </c>
-      <c r="E16" s="4"/>
-[...3 lines deleted...]
-      <c r="I16" s="4"/>
+      <c r="E16" s="4">
+        <v>18</v>
+      </c>
+      <c r="F16" s="4">
+        <v>19</v>
+      </c>
+      <c r="G16" s="4">
+        <v>14</v>
+      </c>
+      <c r="H16" s="4">
+        <v>24</v>
+      </c>
+      <c r="I16" s="4">
+        <v>13</v>
+      </c>
       <c r="J16" s="4"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
-    <row r="17" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="4">
         <v>28</v>
       </c>
       <c r="C17" s="4">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D17" s="4">
         <v>29</v>
       </c>
-      <c r="E17" s="4"/>
-[...3 lines deleted...]
-      <c r="I17" s="4"/>
+      <c r="E17" s="4">
+        <v>35</v>
+      </c>
+      <c r="F17" s="4">
+        <v>34</v>
+      </c>
+      <c r="G17" s="4">
+        <v>42</v>
+      </c>
+      <c r="H17" s="4">
+        <v>9</v>
+      </c>
+      <c r="I17" s="4">
+        <v>27</v>
+      </c>
       <c r="J17" s="4"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
-    <row r="18" spans="1:13" ht="53.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:13" ht="53.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="4">
         <v>2</v>
       </c>
       <c r="C18" s="4">
         <v>3</v>
       </c>
       <c r="D18" s="4">
         <v>2</v>
       </c>
-      <c r="E18" s="4"/>
-[...3 lines deleted...]
-      <c r="I18" s="4"/>
+      <c r="E18" s="4">
+        <v>2</v>
+      </c>
+      <c r="F18" s="4">
+        <v>0</v>
+      </c>
+      <c r="G18" s="4">
+        <v>1</v>
+      </c>
+      <c r="H18" s="4">
+        <v>0</v>
+      </c>
+      <c r="I18" s="4">
+        <v>0</v>
+      </c>
       <c r="J18" s="4"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
-    <row r="19" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="4">
         <v>4</v>
       </c>
       <c r="C19" s="4">
         <v>3</v>
       </c>
       <c r="D19" s="4">
         <v>3</v>
       </c>
-      <c r="E19" s="4"/>
-[...3 lines deleted...]
-      <c r="I19" s="4"/>
+      <c r="E19" s="4">
+        <v>6</v>
+      </c>
+      <c r="F19" s="4">
+        <v>4</v>
+      </c>
+      <c r="G19" s="4">
+        <v>4</v>
+      </c>
+      <c r="H19" s="4">
+        <v>4</v>
+      </c>
+      <c r="I19" s="4">
+        <v>4</v>
+      </c>
       <c r="J19" s="4"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
-    <row r="21" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="28" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="28"/>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="28"/>
       <c r="L21" s="28"/>
       <c r="M21" s="15"/>
     </row>
-    <row r="23" spans="1:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A24" s="15"/>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A25" s="15"/>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A26" s="15"/>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="A21:L21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:N27"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="33.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="33.54296875" customWidth="1"/>
+    <col min="5" max="5" width="12.26953125" customWidth="1"/>
+    <col min="8" max="8" width="10.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="33.75" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="27"/>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="16"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="N4" s="16"/>
     </row>
-    <row r="6" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="18"/>
       <c r="B6" s="19">
         <v>45383</v>
       </c>
       <c r="C6" s="19">
         <v>45413</v>
       </c>
       <c r="D6" s="19">
         <v>45444</v>
       </c>
       <c r="E6" s="19">
         <v>45474</v>
       </c>
       <c r="F6" s="19">
         <v>45505</v>
       </c>
       <c r="G6" s="19">
         <v>45536</v>
       </c>
       <c r="H6" s="19">
         <v>45566</v>
       </c>
       <c r="I6" s="19">
         <v>45597</v>
       </c>
       <c r="J6" s="19">
         <v>45627</v>
       </c>
       <c r="K6" s="19">
         <v>45658</v>
       </c>
       <c r="L6" s="19">
         <v>45689</v>
       </c>
       <c r="M6" s="19">
         <v>45717</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="2">
         <v>134</v>
       </c>
       <c r="C7" s="2">
         <v>123</v>
       </c>
       <c r="D7" s="2">
         <v>121</v>
       </c>
       <c r="E7" s="2">
         <v>98</v>
       </c>
       <c r="F7" s="2">
         <v>84</v>
       </c>
       <c r="G7" s="2">
         <v>94</v>
       </c>
       <c r="H7" s="2">
         <v>117</v>
       </c>
       <c r="I7" s="2">
         <v>103</v>
       </c>
       <c r="J7" s="2">
         <v>72</v>
       </c>
       <c r="K7" s="3">
         <v>123</v>
       </c>
       <c r="L7" s="3">
         <v>101</v>
       </c>
       <c r="M7" s="22">
         <v>142</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
         <v>55</v>
       </c>
       <c r="C8" s="2">
         <v>63</v>
       </c>
       <c r="D8" s="2">
         <v>45</v>
       </c>
       <c r="E8" s="2">
         <v>42</v>
       </c>
       <c r="F8" s="2">
         <v>47</v>
       </c>
       <c r="G8" s="2">
         <v>56</v>
       </c>
       <c r="H8" s="2">
         <v>45</v>
       </c>
       <c r="I8" s="2">
         <v>43</v>
       </c>
       <c r="J8" s="2">
         <v>44</v>
       </c>
       <c r="K8" s="3">
         <v>61</v>
       </c>
       <c r="L8" s="3">
         <v>61</v>
       </c>
       <c r="M8" s="3">
         <v>70</v>
       </c>
     </row>
-    <row r="9" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="4">
         <v>158</v>
       </c>
       <c r="C9" s="4">
         <v>105</v>
       </c>
       <c r="D9" s="4">
         <v>102</v>
       </c>
       <c r="E9" s="4">
         <v>97</v>
       </c>
       <c r="F9" s="4">
         <v>78</v>
       </c>
       <c r="G9" s="4">
         <v>96</v>
       </c>
       <c r="H9" s="4">
         <v>129</v>
       </c>
       <c r="I9" s="4">
         <v>107</v>
       </c>
       <c r="J9" s="4">
         <v>74</v>
       </c>
       <c r="K9" s="3">
         <v>96</v>
       </c>
       <c r="L9" s="3">
         <v>105</v>
       </c>
       <c r="M9" s="3">
         <v>128</v>
       </c>
     </row>
-    <row r="10" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4">
         <v>149</v>
       </c>
       <c r="C10" s="4">
         <v>102</v>
       </c>
       <c r="D10" s="4">
         <v>95</v>
       </c>
       <c r="E10" s="4">
         <v>97</v>
       </c>
       <c r="F10" s="4">
         <v>75</v>
       </c>
       <c r="G10" s="4">
         <v>92</v>
       </c>
       <c r="H10" s="4">
         <v>121</v>
       </c>
       <c r="I10" s="4">
         <v>98</v>
       </c>
       <c r="J10" s="4">
         <v>70</v>
       </c>
       <c r="K10" s="3">
         <v>85</v>
       </c>
       <c r="L10" s="3">
         <v>101</v>
       </c>
       <c r="M10" s="3">
         <v>122</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="4">
         <v>9</v>
       </c>
       <c r="C11" s="4">
         <v>3</v>
       </c>
       <c r="D11" s="4">
         <v>7</v>
       </c>
       <c r="E11" s="4">
         <v>0</v>
       </c>
       <c r="F11" s="4">
         <v>3</v>
       </c>
       <c r="G11" s="4">
         <v>4</v>
       </c>
       <c r="H11" s="4">
         <v>8</v>
       </c>
       <c r="I11" s="4">
         <v>9</v>
       </c>
       <c r="J11" s="4">
         <v>4</v>
       </c>
       <c r="K11" s="3">
         <v>11</v>
       </c>
       <c r="L11" s="3">
         <v>4</v>
       </c>
       <c r="M11" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="5">
         <v>0.94299999999999995</v>
       </c>
       <c r="C12" s="5">
         <v>0.97140000000000004</v>
       </c>
       <c r="D12" s="5">
         <v>0.93140000000000001</v>
       </c>
       <c r="E12" s="5">
         <v>1</v>
       </c>
       <c r="F12" s="23">
         <v>0.96150000000000002</v>
       </c>
       <c r="G12" s="23">
         <v>0.95830000000000004</v>
       </c>
       <c r="H12" s="5">
         <v>0.93799999999999994</v>
       </c>
       <c r="I12" s="5">
         <v>0.91590000000000005</v>
       </c>
       <c r="J12" s="5">
         <v>0.94589999999999996</v>
       </c>
       <c r="K12" s="21">
         <v>0.88539999999999996</v>
       </c>
       <c r="L12" s="21">
         <v>0.96189999999999998</v>
       </c>
       <c r="M12" s="21">
         <v>0.95309999999999995</v>
       </c>
     </row>
-    <row r="13" spans="1:14" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:14" ht="31" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
         <v>0</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
         <v>0</v>
       </c>
       <c r="F13" s="4">
         <v>1</v>
       </c>
       <c r="G13" s="4">
         <v>1</v>
       </c>
       <c r="H13" s="4">
         <v>0</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
       <c r="J13" s="4">
         <v>0</v>
       </c>
       <c r="K13" s="3">
         <v>0</v>
       </c>
       <c r="L13" s="3">
         <v>0</v>
       </c>
       <c r="M13" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:14" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
         <v>126</v>
       </c>
       <c r="C14" s="4">
         <v>87</v>
       </c>
       <c r="D14" s="4">
         <v>73</v>
       </c>
       <c r="E14" s="4">
         <v>71</v>
       </c>
       <c r="F14" s="4">
         <v>52</v>
       </c>
       <c r="G14" s="4">
         <v>61</v>
       </c>
       <c r="H14" s="4">
         <v>89</v>
       </c>
       <c r="I14" s="4">
         <v>68</v>
       </c>
       <c r="J14" s="4">
         <v>43</v>
       </c>
       <c r="K14" s="3">
         <v>59</v>
       </c>
       <c r="L14" s="3">
         <v>57</v>
       </c>
       <c r="M14" s="3">
         <v>67</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="4">
         <v>11</v>
       </c>
       <c r="C15" s="4">
         <v>2</v>
       </c>
       <c r="D15" s="4">
         <v>2</v>
       </c>
       <c r="E15" s="4">
         <v>2</v>
       </c>
       <c r="F15" s="4">
         <v>7</v>
       </c>
       <c r="G15" s="4">
         <v>5</v>
       </c>
       <c r="H15" s="4">
         <v>9</v>
       </c>
       <c r="I15" s="4">
         <v>5</v>
       </c>
       <c r="J15" s="4">
         <v>7</v>
       </c>
       <c r="K15" s="3">
         <v>3</v>
       </c>
       <c r="L15" s="3">
         <v>4</v>
       </c>
       <c r="M15" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="4">
         <v>10</v>
       </c>
       <c r="C16" s="4">
         <v>6</v>
       </c>
       <c r="D16" s="4">
         <v>12</v>
       </c>
       <c r="E16" s="4">
         <v>9</v>
       </c>
       <c r="F16" s="4">
         <v>6</v>
       </c>
       <c r="G16" s="4">
         <v>15</v>
       </c>
       <c r="H16" s="4">
         <v>13</v>
       </c>
       <c r="I16" s="4">
         <v>12</v>
       </c>
       <c r="J16" s="4">
         <v>8</v>
       </c>
       <c r="K16" s="3">
         <v>6</v>
       </c>
       <c r="L16" s="3">
         <v>20</v>
       </c>
       <c r="M16" s="3">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="4">
         <v>11</v>
       </c>
       <c r="C17" s="4">
         <v>9</v>
       </c>
       <c r="D17" s="4">
         <v>15</v>
       </c>
       <c r="E17" s="4">
         <v>15</v>
       </c>
       <c r="F17" s="4">
         <v>12</v>
       </c>
       <c r="G17" s="4">
         <v>13</v>
       </c>
       <c r="H17" s="4">
         <v>16</v>
       </c>
       <c r="I17" s="4">
         <v>19</v>
       </c>
       <c r="J17" s="4">
         <v>15</v>
       </c>
       <c r="K17" s="3">
         <v>28</v>
       </c>
       <c r="L17" s="3">
         <v>24</v>
       </c>
       <c r="M17" s="3">
         <v>41</v>
       </c>
     </row>
-    <row r="18" spans="1:13" ht="53.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:13" ht="53.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="4">
         <v>0</v>
       </c>
       <c r="C18" s="4">
         <v>1</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
         <v>0</v>
       </c>
       <c r="F18" s="4">
         <v>1</v>
       </c>
       <c r="G18" s="4">
         <v>2</v>
       </c>
       <c r="H18" s="4">
         <v>2</v>
       </c>
       <c r="I18" s="4">
         <v>3</v>
       </c>
       <c r="J18" s="4">
         <v>1</v>
       </c>
       <c r="K18" s="3">
         <v>0</v>
       </c>
       <c r="L18" s="3">
         <v>0</v>
       </c>
       <c r="M18" s="3">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="4">
         <v>13</v>
       </c>
       <c r="C19" s="4">
         <v>8</v>
       </c>
       <c r="D19" s="4">
         <v>8</v>
       </c>
       <c r="E19" s="4">
         <v>4</v>
       </c>
       <c r="F19" s="4">
         <v>6</v>
       </c>
       <c r="G19" s="4">
         <v>2</v>
       </c>
       <c r="H19" s="4">
         <v>8</v>
       </c>
       <c r="I19" s="4">
         <v>4</v>
       </c>
       <c r="J19" s="4">
         <v>1</v>
       </c>
       <c r="K19" s="3">
         <v>2</v>
       </c>
       <c r="L19" s="3">
         <v>2</v>
       </c>
       <c r="M19" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="28" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="28"/>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="28"/>
       <c r="L21" s="28"/>
       <c r="M21" s="15"/>
     </row>
-    <row r="23" spans="1:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A24" s="15"/>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A25" s="15"/>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A26" s="15"/>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A21:L21"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="K2:M2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{273C87E0-39E1-4EAE-AB67-019E5B88F5A5}">
   <dimension ref="A2:O15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="25.85546875" style="13" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="13"/>
+    <col min="1" max="1" width="25.81640625" style="13" customWidth="1"/>
+    <col min="2" max="16384" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:15" ht="33.75" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="I2" s="25"/>
       <c r="J2" s="17"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
     </row>
-    <row r="4" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="30" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="30"/>
       <c r="C4" s="30"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
       <c r="G4" s="30"/>
       <c r="H4" s="30"/>
       <c r="I4" s="30"/>
       <c r="J4" s="30"/>
       <c r="K4" s="30"/>
       <c r="L4" s="11"/>
       <c r="M4" s="12"/>
       <c r="N4" s="12"/>
       <c r="O4" s="12"/>
     </row>
-    <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A6" s="20"/>
       <c r="B6" s="19">
         <v>45017</v>
       </c>
       <c r="C6" s="19">
         <v>45047</v>
       </c>
       <c r="D6" s="19">
         <v>45078</v>
       </c>
       <c r="E6" s="19">
         <v>45108</v>
       </c>
       <c r="F6" s="19">
         <v>45139</v>
       </c>
       <c r="G6" s="19">
         <v>45170</v>
       </c>
       <c r="H6" s="19">
         <v>45200</v>
       </c>
       <c r="I6" s="19">
         <v>45231</v>
       </c>
       <c r="J6" s="19">
         <v>45261</v>
       </c>
       <c r="K6" s="19">
         <v>45292</v>
       </c>
       <c r="L6" s="19">
         <v>45323</v>
       </c>
       <c r="M6" s="19">
         <v>45352</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6">
         <v>108</v>
       </c>
       <c r="C7" s="6">
         <v>97</v>
       </c>
       <c r="D7" s="6">
         <v>100</v>
       </c>
       <c r="E7" s="6">
         <v>127</v>
       </c>
       <c r="F7" s="6">
         <v>129</v>
       </c>
       <c r="G7" s="6">
         <v>121</v>
       </c>
       <c r="H7" s="6">
         <v>142</v>
       </c>
       <c r="I7" s="6">
         <v>133</v>
       </c>
       <c r="J7" s="6">
         <v>103</v>
       </c>
       <c r="K7" s="7">
         <v>192</v>
       </c>
       <c r="L7" s="7">
         <v>148</v>
       </c>
       <c r="M7" s="7">
         <v>117</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="6">
         <v>139</v>
       </c>
       <c r="C8" s="6">
         <v>157</v>
       </c>
       <c r="D8" s="6">
         <v>160</v>
       </c>
       <c r="E8" s="6">
         <v>173</v>
       </c>
       <c r="F8" s="6">
         <v>169</v>
       </c>
       <c r="G8" s="6">
         <v>131</v>
       </c>
       <c r="H8" s="6">
         <v>129</v>
       </c>
       <c r="I8" s="6">
         <v>112</v>
       </c>
       <c r="J8" s="6">
         <v>109</v>
       </c>
       <c r="K8" s="7">
         <v>103</v>
       </c>
       <c r="L8" s="7">
         <v>83</v>
       </c>
       <c r="M8" s="7">
         <v>76</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>88</v>
       </c>
       <c r="C9" s="8">
         <v>72</v>
       </c>
       <c r="D9" s="8">
         <v>108</v>
       </c>
       <c r="E9" s="8">
         <v>106</v>
       </c>
       <c r="F9" s="8">
         <v>127</v>
       </c>
       <c r="G9" s="8">
         <v>148</v>
       </c>
       <c r="H9" s="8">
         <v>161</v>
       </c>
       <c r="I9" s="8">
         <v>143</v>
       </c>
       <c r="J9" s="8">
         <v>123</v>
       </c>
       <c r="K9" s="7">
         <v>158</v>
       </c>
       <c r="L9" s="7">
         <v>198</v>
       </c>
       <c r="M9" s="7">
         <v>132</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="8">
         <v>6</v>
       </c>
       <c r="C10" s="8">
         <v>2</v>
       </c>
       <c r="D10" s="8">
         <v>0</v>
       </c>
       <c r="E10" s="8">
         <v>4</v>
       </c>
       <c r="F10" s="8">
         <v>7</v>
       </c>
       <c r="G10" s="8">
         <v>8</v>
       </c>
       <c r="H10" s="8">
         <v>5</v>
       </c>
       <c r="I10" s="8">
         <v>13</v>
       </c>
       <c r="J10" s="8">
         <v>2</v>
       </c>
       <c r="K10" s="7">
         <v>14</v>
       </c>
       <c r="L10" s="7">
         <v>10</v>
       </c>
       <c r="M10" s="7">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="78.75" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:15" ht="77.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="8">
         <v>62</v>
       </c>
       <c r="C11" s="8">
         <v>46</v>
       </c>
       <c r="D11" s="8">
         <v>64</v>
       </c>
       <c r="E11" s="8">
         <v>55</v>
       </c>
       <c r="F11" s="8">
         <v>85</v>
       </c>
       <c r="G11" s="8">
         <v>72</v>
       </c>
       <c r="H11" s="8">
         <v>93</v>
       </c>
       <c r="I11" s="8">
         <v>75</v>
       </c>
       <c r="J11" s="8">
         <v>78</v>
       </c>
       <c r="K11" s="7">
         <v>112</v>
       </c>
       <c r="L11" s="7">
         <v>154</v>
       </c>
       <c r="M11" s="7">
         <v>111</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="63" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="62" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="6">
         <v>26</v>
       </c>
       <c r="C12" s="6">
         <v>26</v>
       </c>
       <c r="D12" s="6">
         <v>44</v>
       </c>
       <c r="E12" s="6">
         <v>51</v>
       </c>
       <c r="F12" s="6">
         <v>42</v>
       </c>
       <c r="G12" s="6">
         <v>76</v>
       </c>
       <c r="H12" s="6">
         <v>68</v>
       </c>
       <c r="I12" s="6">
         <v>68</v>
       </c>
       <c r="J12" s="6">
         <v>45</v>
       </c>
       <c r="K12" s="7">
         <v>46</v>
       </c>
       <c r="L12" s="7">
         <v>44</v>
       </c>
       <c r="M12" s="7">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="9">
         <v>0.7</v>
       </c>
       <c r="C13" s="9">
         <v>0.64</v>
       </c>
       <c r="D13" s="9">
         <v>0.59</v>
       </c>
       <c r="E13" s="9">
         <v>0.52</v>
       </c>
       <c r="F13" s="9">
         <v>0.67</v>
       </c>
       <c r="G13" s="9">
         <v>0.49</v>
       </c>
       <c r="H13" s="9">
         <v>0.57999999999999996</v>
       </c>
       <c r="I13" s="9">
         <v>0.52</v>
       </c>
       <c r="J13" s="9">
         <v>0.63</v>
       </c>
       <c r="K13" s="10">
         <v>0.71</v>
       </c>
       <c r="L13" s="10">
         <v>0.78</v>
       </c>
       <c r="M13" s="10">
         <v>0.84</v>
       </c>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="29" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="29"/>
       <c r="F15" s="29"/>
       <c r="G15" s="29"/>
       <c r="H15" s="29"/>
       <c r="I15" s="29"/>
       <c r="J15" s="29"/>
       <c r="K15" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="K2:M2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED8B97D4-27E1-4AEF-B23C-22366AE66DA8}">
   <dimension ref="A2:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="36.42578125" style="13" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="13"/>
+    <col min="1" max="1" width="36.453125" style="13" customWidth="1"/>
+    <col min="2" max="16384" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:15" ht="33.75" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>21</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="14"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
     </row>
-    <row r="4" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="31" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
       <c r="F4" s="31"/>
       <c r="G4" s="31"/>
       <c r="H4" s="31"/>
       <c r="I4" s="31"/>
       <c r="J4" s="12"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
       <c r="M4" s="12"/>
       <c r="N4" s="12"/>
       <c r="O4" s="12"/>
     </row>
-    <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A6" s="19"/>
       <c r="B6" s="19">
         <v>44652</v>
       </c>
       <c r="C6" s="19">
         <v>44682</v>
       </c>
       <c r="D6" s="19">
         <v>44713</v>
       </c>
       <c r="E6" s="19">
         <v>44743</v>
       </c>
       <c r="F6" s="19">
         <v>44774</v>
       </c>
       <c r="G6" s="19">
         <v>44805</v>
       </c>
       <c r="H6" s="19">
         <v>44835</v>
       </c>
       <c r="I6" s="19">
         <v>44866</v>
       </c>
       <c r="J6" s="19">
         <v>44896</v>
       </c>
       <c r="K6" s="19">
         <v>44927</v>
       </c>
       <c r="L6" s="19">
         <v>44958</v>
       </c>
       <c r="M6" s="19">
         <v>44986</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6">
         <v>88</v>
       </c>
       <c r="C7" s="6">
         <v>98</v>
       </c>
       <c r="D7" s="6">
         <v>97</v>
       </c>
       <c r="E7" s="6">
         <v>95</v>
       </c>
       <c r="F7" s="6">
         <v>102</v>
       </c>
       <c r="G7" s="6">
         <v>84</v>
       </c>
       <c r="H7" s="6">
         <v>86</v>
       </c>
       <c r="I7" s="6">
         <v>123</v>
       </c>
       <c r="J7" s="6">
         <v>84</v>
       </c>
       <c r="K7" s="7">
         <v>107</v>
       </c>
       <c r="L7" s="7">
         <v>108</v>
       </c>
       <c r="M7" s="7">
         <v>124</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="6">
         <v>82</v>
       </c>
       <c r="C8" s="6">
         <v>96</v>
       </c>
       <c r="D8" s="6">
         <v>125</v>
       </c>
       <c r="E8" s="6">
         <v>125</v>
       </c>
       <c r="F8" s="6">
         <v>128</v>
       </c>
       <c r="G8" s="6">
         <v>144</v>
       </c>
       <c r="H8" s="6">
         <v>145</v>
       </c>
       <c r="I8" s="6">
         <v>129</v>
       </c>
       <c r="J8" s="6">
         <v>164</v>
       </c>
       <c r="K8" s="7">
         <v>182</v>
       </c>
       <c r="L8" s="7">
         <v>102</v>
       </c>
       <c r="M8" s="7">
         <v>127</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>69</v>
       </c>
       <c r="C9" s="8">
         <v>72</v>
       </c>
       <c r="D9" s="8">
         <v>89</v>
       </c>
       <c r="E9" s="8">
         <v>92</v>
       </c>
       <c r="F9" s="8">
         <v>86</v>
       </c>
       <c r="G9" s="8">
         <v>85</v>
       </c>
       <c r="H9" s="8">
         <v>82</v>
       </c>
       <c r="I9" s="8">
         <v>83</v>
       </c>
       <c r="J9" s="8">
         <v>96</v>
       </c>
       <c r="K9" s="7">
         <v>84</v>
       </c>
       <c r="L9" s="7">
         <v>127</v>
       </c>
       <c r="M9" s="7">
         <v>134</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>50</v>
       </c>
       <c r="C10" s="8">
         <v>55</v>
       </c>
       <c r="D10" s="8">
         <v>68</v>
       </c>
       <c r="E10" s="8">
         <v>70</v>
       </c>
       <c r="F10" s="8">
         <v>57</v>
       </c>
       <c r="G10" s="8">
         <v>55</v>
       </c>
       <c r="H10" s="8">
         <v>52</v>
       </c>
       <c r="I10" s="8">
         <v>45</v>
       </c>
       <c r="J10" s="8">
         <v>73</v>
       </c>
       <c r="K10" s="7">
         <v>41</v>
       </c>
       <c r="L10" s="7">
         <v>77</v>
       </c>
       <c r="M10" s="7">
         <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:15" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="6">
         <v>19</v>
       </c>
       <c r="C11" s="6">
         <v>17</v>
       </c>
       <c r="D11" s="6">
         <v>21</v>
       </c>
       <c r="E11" s="6">
         <v>22</v>
       </c>
       <c r="F11" s="6">
         <v>29</v>
       </c>
       <c r="G11" s="6">
         <v>30</v>
       </c>
       <c r="H11" s="6">
         <v>30</v>
       </c>
       <c r="I11" s="6">
         <v>38</v>
       </c>
       <c r="J11" s="6">
         <v>23</v>
       </c>
       <c r="K11" s="7">
         <v>43</v>
       </c>
       <c r="L11" s="7">
         <v>50</v>
       </c>
       <c r="M11" s="7">
         <v>50</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="9">
         <v>0.72460000000000002</v>
       </c>
       <c r="C12" s="9">
         <v>0.76390000000000002</v>
       </c>
       <c r="D12" s="9">
         <v>0.76400000000000001</v>
       </c>
       <c r="E12" s="9">
         <v>0.76090000000000002</v>
       </c>
       <c r="F12" s="9">
         <v>0.66279999999999994</v>
       </c>
       <c r="G12" s="9">
         <v>0.64710000000000001</v>
       </c>
       <c r="H12" s="9">
         <v>0.6341</v>
       </c>
       <c r="I12" s="9">
         <v>0.54220000000000002</v>
       </c>
       <c r="J12" s="9">
         <v>0.76039999999999996</v>
       </c>
       <c r="K12" s="10">
         <v>0.48809999999999998</v>
       </c>
       <c r="L12" s="10">
         <v>0.60629999999999995</v>
       </c>
       <c r="M12" s="10">
         <v>0.62690000000000001</v>
       </c>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="29" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F499BE-136A-4592-91F4-F1EF23FA5F1C}">
   <dimension ref="A2:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="36.42578125" style="13" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="13"/>
+    <col min="1" max="1" width="36.453125" style="13" customWidth="1"/>
+    <col min="2" max="16384" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:15" ht="33.75" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>22</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
     </row>
-    <row r="4" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="33" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="33"/>
       <c r="C4" s="33"/>
       <c r="D4" s="33"/>
       <c r="E4" s="33"/>
       <c r="F4" s="33"/>
       <c r="G4" s="33"/>
       <c r="H4" s="33"/>
       <c r="I4" s="33"/>
       <c r="J4" s="33"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
       <c r="M4" s="12"/>
       <c r="N4" s="12"/>
       <c r="O4" s="12"/>
     </row>
-    <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A6" s="19"/>
       <c r="B6" s="19">
         <v>44287</v>
       </c>
       <c r="C6" s="19">
         <v>44317</v>
       </c>
       <c r="D6" s="19">
         <v>44348</v>
       </c>
       <c r="E6" s="19">
         <v>44378</v>
       </c>
       <c r="F6" s="19">
         <v>44409</v>
       </c>
       <c r="G6" s="19">
         <v>44440</v>
       </c>
       <c r="H6" s="19">
         <v>44470</v>
       </c>
       <c r="I6" s="19">
         <v>44501</v>
       </c>
       <c r="J6" s="19">
         <v>44531</v>
       </c>
       <c r="K6" s="19">
         <v>44562</v>
       </c>
       <c r="L6" s="19">
         <v>44593</v>
       </c>
       <c r="M6" s="19">
         <v>44621</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6">
         <v>74</v>
       </c>
       <c r="C7" s="6">
         <v>100</v>
       </c>
       <c r="D7" s="6">
         <v>84</v>
       </c>
       <c r="E7" s="6">
         <v>62</v>
       </c>
       <c r="F7" s="6">
         <v>84</v>
       </c>
       <c r="G7" s="6">
         <v>67</v>
       </c>
       <c r="H7" s="6">
         <v>82</v>
       </c>
       <c r="I7" s="6">
         <v>101</v>
       </c>
       <c r="J7" s="6">
         <v>65</v>
       </c>
       <c r="K7" s="7">
         <v>106</v>
       </c>
       <c r="L7" s="7">
         <v>92</v>
       </c>
       <c r="M7" s="7">
         <v>76</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:15" ht="31" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="6">
         <v>81</v>
       </c>
       <c r="C8" s="6">
         <v>84</v>
       </c>
       <c r="D8" s="6">
         <v>78</v>
       </c>
       <c r="E8" s="6">
         <v>85</v>
       </c>
       <c r="F8" s="6">
         <v>87</v>
       </c>
       <c r="G8" s="6">
         <v>69</v>
       </c>
       <c r="H8" s="6">
         <v>87</v>
       </c>
       <c r="I8" s="6">
         <v>100</v>
       </c>
       <c r="J8" s="6">
         <v>72</v>
       </c>
       <c r="K8" s="7">
         <v>100</v>
       </c>
       <c r="L8" s="7">
         <v>79</v>
       </c>
       <c r="M8" s="7">
         <v>68</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="8">
         <v>71</v>
       </c>
       <c r="C9" s="8">
         <v>106</v>
       </c>
       <c r="D9" s="8">
         <v>102</v>
       </c>
       <c r="E9" s="8">
         <v>46</v>
       </c>
       <c r="F9" s="8">
         <v>58</v>
       </c>
       <c r="G9" s="8">
         <v>110</v>
       </c>
       <c r="H9" s="8">
         <v>60</v>
       </c>
       <c r="I9" s="8">
         <v>92</v>
       </c>
       <c r="J9" s="8">
         <v>101</v>
       </c>
       <c r="K9" s="7">
         <v>79</v>
       </c>
       <c r="L9" s="7">
         <v>69</v>
       </c>
       <c r="M9" s="7">
         <v>137</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>49</v>
       </c>
       <c r="C10" s="8">
         <v>61</v>
       </c>
       <c r="D10" s="8">
         <v>69</v>
       </c>
       <c r="E10" s="8">
         <v>36</v>
       </c>
       <c r="F10" s="8">
         <v>18</v>
       </c>
       <c r="G10" s="8">
         <v>41</v>
       </c>
       <c r="H10" s="8">
         <v>38</v>
       </c>
       <c r="I10" s="8">
         <v>52</v>
       </c>
       <c r="J10" s="8">
         <v>67</v>
       </c>
       <c r="K10" s="7">
         <v>53</v>
       </c>
       <c r="L10" s="7">
         <v>50</v>
       </c>
       <c r="M10" s="7">
         <v>75</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="47.25" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:15" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="6">
         <v>22</v>
       </c>
       <c r="C11" s="6">
         <v>45</v>
       </c>
       <c r="D11" s="6">
         <v>33</v>
       </c>
       <c r="E11" s="6">
         <v>10</v>
       </c>
       <c r="F11" s="6">
         <v>40</v>
       </c>
       <c r="G11" s="6">
         <v>69</v>
       </c>
       <c r="H11" s="6">
         <v>22</v>
       </c>
       <c r="I11" s="6">
         <v>40</v>
       </c>
       <c r="J11" s="6">
         <v>34</v>
       </c>
       <c r="K11" s="7">
         <v>26</v>
       </c>
       <c r="L11" s="7">
         <v>19</v>
       </c>
       <c r="M11" s="7">
         <v>62</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="9">
         <v>0.69010000000000005</v>
       </c>
       <c r="C12" s="9">
         <v>0.57550000000000001</v>
       </c>
       <c r="D12" s="9">
         <v>0.67649999999999999</v>
       </c>
       <c r="E12" s="9">
         <v>0.78259999999999996</v>
       </c>
       <c r="F12" s="9">
         <v>0.31030000000000002</v>
       </c>
       <c r="G12" s="9">
         <v>0.37269999999999998</v>
       </c>
       <c r="H12" s="9">
         <v>0.63329999999999997</v>
       </c>
       <c r="I12" s="9">
         <v>0.56520000000000004</v>
       </c>
       <c r="J12" s="9">
         <v>0.66339999999999999</v>
       </c>
       <c r="K12" s="10">
         <v>0.67090000000000005</v>
       </c>
       <c r="L12" s="10">
         <v>0.72460000000000002</v>
       </c>
       <c r="M12" s="10">
         <v>0.5474</v>
       </c>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="32"/>
       <c r="C14" s="32"/>
       <c r="D14" s="32"/>
       <c r="E14" s="32"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="K2:M2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">