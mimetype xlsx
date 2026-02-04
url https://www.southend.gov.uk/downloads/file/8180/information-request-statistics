--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -8,60 +8,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://5058-my.sharepoint.com/personal/robertnelson_southend_gov_uk/Documents/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://5058-my.sharepoint.com/personal/valeriesmith_southend_gov_uk/Documents/IGCR STATISTICS/FOI Quarterly Web Stats from 2021/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FCB64BE0-01D0-4691-819F-5A127FE49057}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="13_ncr:1_{40D59653-DEEC-4ACC-B09F-168D24867E1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{65A9B66D-A893-49F3-B88B-B488B47BCCD1}"/>
   <bookViews>
-    <workbookView xWindow="840" yWindow="-110" windowWidth="18470" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-26" sheetId="5" r:id="rId1"/>
     <sheet name="2024-25" sheetId="1" r:id="rId2"/>
     <sheet name="2023-24" sheetId="2" r:id="rId3"/>
     <sheet name="2022-23" sheetId="3" r:id="rId4"/>
     <sheet name="2021-22" sheetId="4" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -739,51 +739,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79B92113-E241-476C-BBEB-2DC7C32B195B}">
   <dimension ref="A2:N27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="Q11" sqref="Q11"/>
+      <selection activeCell="K19" sqref="K19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33.54296875" customWidth="1"/>
     <col min="5" max="5" width="9.81640625" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="32.5" x14ac:dyDescent="0.45">
       <c r="A2" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="K2" s="26" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="L2" s="26"/>
@@ -852,447 +852,473 @@
       </c>
       <c r="B7" s="2">
         <v>114</v>
       </c>
       <c r="C7" s="2">
         <v>120</v>
       </c>
       <c r="D7" s="2">
         <v>114</v>
       </c>
       <c r="E7" s="2">
         <v>138</v>
       </c>
       <c r="F7" s="2">
         <v>139</v>
       </c>
       <c r="G7" s="2">
         <v>127</v>
       </c>
       <c r="H7" s="2">
         <v>128</v>
       </c>
       <c r="I7" s="2">
         <v>130</v>
       </c>
-      <c r="J7" s="2"/>
+      <c r="J7" s="2">
+        <v>123</v>
+      </c>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="22"/>
     </row>
     <row r="8" spans="1:14" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
         <v>56</v>
       </c>
       <c r="C8" s="2">
         <v>63</v>
       </c>
       <c r="D8" s="2">
         <v>61</v>
       </c>
       <c r="E8" s="2">
         <v>65</v>
       </c>
       <c r="F8" s="2">
         <v>72</v>
       </c>
       <c r="G8" s="2">
         <v>52</v>
       </c>
       <c r="H8" s="2">
         <v>67</v>
       </c>
       <c r="I8" s="2">
         <v>82</v>
       </c>
-      <c r="J8" s="2"/>
+      <c r="J8" s="2">
+        <v>79</v>
+      </c>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="4">
         <v>132</v>
       </c>
       <c r="C9" s="4">
         <v>115</v>
       </c>
       <c r="D9" s="4">
         <v>113</v>
       </c>
       <c r="E9" s="4">
         <v>124</v>
       </c>
       <c r="F9" s="4">
         <v>135</v>
       </c>
       <c r="G9" s="4">
         <v>156</v>
       </c>
       <c r="H9" s="4">
         <v>110</v>
       </c>
       <c r="I9" s="4">
         <v>119</v>
       </c>
-      <c r="J9" s="4"/>
+      <c r="J9" s="4">
+        <v>128</v>
+      </c>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4">
         <v>126</v>
       </c>
       <c r="C10" s="4">
         <v>112</v>
       </c>
       <c r="D10" s="4">
         <v>110</v>
       </c>
       <c r="E10" s="4">
         <v>123</v>
       </c>
       <c r="F10" s="4">
         <v>132</v>
       </c>
       <c r="G10" s="4">
         <v>150</v>
       </c>
       <c r="H10" s="4">
         <v>108</v>
       </c>
       <c r="I10" s="4">
         <v>119</v>
       </c>
-      <c r="J10" s="4"/>
+      <c r="J10" s="4">
+        <v>121</v>
+      </c>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="4">
         <v>6</v>
       </c>
       <c r="C11" s="4">
         <v>3</v>
       </c>
       <c r="D11" s="4">
         <v>3</v>
       </c>
       <c r="E11" s="4">
         <v>1</v>
       </c>
       <c r="F11" s="4">
         <v>3</v>
       </c>
       <c r="G11" s="4">
         <v>6</v>
       </c>
       <c r="H11" s="4">
         <v>2</v>
       </c>
       <c r="I11" s="4">
         <v>0</v>
       </c>
-      <c r="J11" s="4"/>
+      <c r="J11" s="4">
+        <v>7</v>
+      </c>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="24">
         <v>0.95450000000000002</v>
       </c>
       <c r="C12" s="5">
         <v>0.97389999999999999</v>
       </c>
       <c r="D12" s="5">
         <v>0.97350000000000003</v>
       </c>
       <c r="E12" s="5">
         <v>0.9919</v>
       </c>
       <c r="F12" s="23">
         <v>0.9778</v>
       </c>
       <c r="G12" s="23">
         <v>0.96150000000000002</v>
       </c>
       <c r="H12" s="5">
         <v>0.98180000000000001</v>
       </c>
       <c r="I12" s="5">
         <v>1</v>
       </c>
-      <c r="J12" s="5"/>
+      <c r="J12" s="5">
+        <v>0.94530000000000003</v>
+      </c>
       <c r="K12" s="21"/>
       <c r="L12" s="21"/>
       <c r="M12" s="21"/>
     </row>
     <row r="13" spans="1:14" ht="31" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
         <v>0</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
         <v>0</v>
       </c>
       <c r="F13" s="4">
         <v>0</v>
       </c>
       <c r="G13" s="4">
         <v>2</v>
       </c>
       <c r="H13" s="4">
         <v>2</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
-      <c r="J13" s="4"/>
+      <c r="J13" s="4">
+        <v>1</v>
+      </c>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:14" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
         <v>80</v>
       </c>
       <c r="C14" s="4">
         <v>82</v>
       </c>
       <c r="D14" s="4">
         <v>62</v>
       </c>
       <c r="E14" s="4">
         <v>59</v>
       </c>
       <c r="F14" s="4">
         <v>73</v>
       </c>
       <c r="G14" s="4">
         <v>92</v>
       </c>
       <c r="H14" s="4">
         <v>70</v>
       </c>
       <c r="I14" s="4">
         <v>69</v>
       </c>
-      <c r="J14" s="4"/>
+      <c r="J14" s="4">
+        <v>67</v>
+      </c>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="4">
         <v>5</v>
       </c>
       <c r="C15" s="4">
         <v>3</v>
       </c>
       <c r="D15" s="4">
         <v>13</v>
       </c>
       <c r="E15" s="4">
         <v>10</v>
       </c>
       <c r="F15" s="4">
         <v>9</v>
       </c>
       <c r="G15" s="4">
         <v>7</v>
       </c>
       <c r="H15" s="4">
         <v>7</v>
       </c>
       <c r="I15" s="4">
         <v>10</v>
       </c>
-      <c r="J15" s="4"/>
+      <c r="J15" s="4">
+        <v>10</v>
+      </c>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:14" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="4">
         <v>17</v>
       </c>
       <c r="C16" s="4">
         <v>14</v>
       </c>
       <c r="D16" s="4">
         <v>7</v>
       </c>
       <c r="E16" s="4">
         <v>18</v>
       </c>
       <c r="F16" s="4">
         <v>19</v>
       </c>
       <c r="G16" s="4">
         <v>14</v>
       </c>
       <c r="H16" s="4">
         <v>24</v>
       </c>
       <c r="I16" s="4">
         <v>13</v>
       </c>
-      <c r="J16" s="4"/>
+      <c r="J16" s="4">
+        <v>17</v>
+      </c>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="4">
         <v>28</v>
       </c>
       <c r="C17" s="4">
         <v>13</v>
       </c>
       <c r="D17" s="4">
         <v>29</v>
       </c>
       <c r="E17" s="4">
         <v>35</v>
       </c>
       <c r="F17" s="4">
         <v>34</v>
       </c>
       <c r="G17" s="4">
         <v>42</v>
       </c>
       <c r="H17" s="4">
         <v>9</v>
       </c>
       <c r="I17" s="4">
         <v>27</v>
       </c>
-      <c r="J17" s="4"/>
+      <c r="J17" s="4">
+        <v>34</v>
+      </c>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="18" spans="1:13" ht="53.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="4">
         <v>2</v>
       </c>
       <c r="C18" s="4">
         <v>3</v>
       </c>
       <c r="D18" s="4">
         <v>2</v>
       </c>
       <c r="E18" s="4">
         <v>2</v>
       </c>
       <c r="F18" s="4">
         <v>0</v>
       </c>
       <c r="G18" s="4">
         <v>1</v>
       </c>
       <c r="H18" s="4">
         <v>0</v>
       </c>
       <c r="I18" s="4">
         <v>0</v>
       </c>
-      <c r="J18" s="4"/>
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="19" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="4">
         <v>4</v>
       </c>
       <c r="C19" s="4">
         <v>3</v>
       </c>
       <c r="D19" s="4">
         <v>3</v>
       </c>
       <c r="E19" s="4">
         <v>6</v>
       </c>
       <c r="F19" s="4">
         <v>4</v>
       </c>
       <c r="G19" s="4">
         <v>4</v>
       </c>
       <c r="H19" s="4">
         <v>4</v>
       </c>
       <c r="I19" s="4">
         <v>4</v>
       </c>
-      <c r="J19" s="4"/>
+      <c r="J19" s="4">
+        <v>7</v>
+      </c>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="21" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="28" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="28"/>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="28"/>
       <c r="L21" s="28"/>
       <c r="M21" s="15"/>
     </row>
     <row r="23" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>